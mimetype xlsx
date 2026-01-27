--- v0 (2025-12-04)
+++ v1 (2026-01-27)
@@ -1,150 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
-  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sodlf\OneDrive\바탕 화면\청우\2025년\법규등록부\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sodlf\OneDrive\바탕 화면\청우\02. 청우\법규등록부\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F1BA756C-C018-4218-B40A-AEC6E205FE27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B37BDB27-9B21-4E8B-BE9A-A08B36ED4C85}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4BBC2D20-A0ED-46D4-ABED-1538AA1974DE}"/>
   </bookViews>
   <sheets>
-    <sheet name="관리법규 (2025.09)" sheetId="1" r:id="rId1"/>
-    <sheet name="관리법규 (2025.08)" sheetId="7" r:id="rId2"/>
+    <sheet name="25.11" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'관리법규 (2025.08)'!$A$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'관리법규 (2025.09)'!$A$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'25.11'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={499EF852-1163-41E9-A958-8B78ED6357E0}</author>
   </authors>
   <commentList>
     <comment ref="E1" authorId="0" shapeId="0" xr:uid="{499EF852-1163-41E9-A958-8B78ED6357E0}">
       <text>
         <t>[스레드 댓글]
 사용 중인 버전의 Excel에서 이 스레드 댓글을 읽을 수 있지만 파일을 이후 버전의 Excel에서 열면 편집 내용이 모두 제거됩니다. 자세한 정보: https://go.microsoft.com/fwlink/?linkid=870924.
 댓글:
     연혁사항 기재</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
-<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="249">
   <si>
     <t>전기용품 및 생활용품 안전관리 운용요령</t>
   </si>
   <si>
     <t>통합공고</t>
   </si>
   <si>
     <t>수출입물품 등에 대한 품목분류 변경고시</t>
   </si>
   <si>
     <t>국제우편물 수입통관 사무처리에 관한 고시</t>
   </si>
   <si>
     <t>수입통관 사무처리에 관한 고시</t>
   </si>
   <si>
-    <t>통관고유부호 및 해외거래처부호 등록·관리에 관한 고시</t>
-[...1 lines deleted...]
-  <si>
     <t>이사물품 수입통관 사무처리에 관한 고시</t>
   </si>
   <si>
     <t>관세법</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세법 시행령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">수출용 원재료에 대한 관세 등 환급에 관한 특례법 시행규칙 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세법 시행규칙</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수입물품 유통이력관리에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">사후관리에 관한 고시 </t>
   </si>
@@ -155,54 +129,50 @@
   <si>
     <t>법령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수출입 안전관리 우수업체 공인 및 운영에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>대외무역법</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>납세업무 처리에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세법 제226조에 따른 세관장확인물품 및 확인방법 지정고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">자유무역협정의 이행을 위한 관세법의 특례에 관한 법률 시행령 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t xml:space="preserve">수출입공고 </t>
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">품목분류 적용기준에 관한 고시 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">수입원재료에 대한 환급방법 조정에 관한 고시 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수출용원재료에 대한 관세등 일괄납부 및 정산에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세 등에 대한 담보제도 운영에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>환전영업자 관리에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">관리대상화물 관리에 관한 고시 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세법 등에 따른 과태료 부과징수에 관한 훈령</t>
@@ -363,74 +333,62 @@
   <si>
     <t>대외무역법 시행령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>개별소비세법</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>개별소비세법 시행령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>교통·에너지·환경세법 시행령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>교통·에너지·환경세법 시행규칙</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>외국환거래규정</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>[시행 2025. 7. 31.] [기획재정부령 제1138호, 2025. 7. 31., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>[시행 2024. 4. 18.] [관세청고시 제2024-19호, 2024. 4. 18., 전부개정]</t>
   </si>
   <si>
     <t>[시행 2024. 3. 22.] [기획재정부령 제1058호, 2024. 3. 22., 일부개정]</t>
   </si>
   <si>
-    <t>[시행 2025. 2. 12.] [관세청고시 제2025-8호, 2025. 2. 12., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>[시행 2024. 10. 22.] [관세청고시 제2024-50호, 2024. 10. 22., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2025. 5. 13.] [관세청고시 제2025-27호, 2025. 5. 13., 일부개정]</t>
   </si>
   <si>
-    <t>[시행 2025. 7. 1.] [대통령령 제34936호, 2024. 10. 8., 일부개정]</t>
-[...4 lines deleted...]
-  <si>
     <t>[시행 2025. 2. 10.] [기획재정부고시 제2025-4호, 2025. 2. 10., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2024. 10. 31.] [관세청훈령 제2355호, 2024. 10. 31., 전부개정]</t>
   </si>
   <si>
     <t>[시행 2025. 4. 1.] [관세청고시 제2025-18호, 2025. 4. 1., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2024. 7. 30.] [관세청고시 제2024-33호, 2024. 7. 30., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2025. 4. 1.] [관세청고시 제2025-19호, 2025. 4. 1., 일부개정]</t>
   </si>
   <si>
     <t>시장접근물량 증량에 관한 규칙</t>
   </si>
   <si>
     <t>연혁</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Link</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
@@ -453,186 +411,154 @@
   <si>
     <t>자유무역협정 원산지인증수출자 운영에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수출입신고 오류방지에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>외국환거래법에 따른 행정처분 및 과태료 부과징수에 관한 훈령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>보세화물장치기간 및 체화관리에 관한고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>징수업무 처리에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>관세조사 운영에 관한 훈령</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>[시행 2025. 4. 1.] [법률 제20608호, 2024. 12. 31., 일부개정]</t>
-[...5 lines deleted...]
-  <si>
     <t>법령 &gt; 본문 &gt; 관세법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 관세법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 관세법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 7. 1.] [법률 제20776호, 2025. 3. 14., 일부개정]</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 부가가치세법 | 국가법령정보센터</t>
   </si>
   <si>
-    <t>[시행 2025. 7. 1.] [대통령령 제35353호, 2025. 2. 28., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>법령 &gt; 본문 &gt; 부가가치세법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
-    <t>[시행 2025. 7. 4.] [기획재정부령 제1136호, 2025. 7. 4., 일부개정]</t>
-[...2 lines deleted...]
-  <si>
     <t>법령 &gt; 본문 &gt; 부가가치세법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 외국환거래법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 외국환거래법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 대외무역법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 대외무역법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 자유무역협정의 이행을 위한 관세법의 특례에 관한 법률 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 자유무역협정의 이행을 위한 관세법의 특례에 관한 법률 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 자유무역협정의 이행을 위한 관세법의 특례에 관한 법률 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 개별소비세법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 개별소비세법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 관세사법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 관세사법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 관세사법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 주세법 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 주세법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 주세법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
-    <t>[시행 2023. 12. 12.] [대통령령 제33913호, 2023. 12. 12., 타법개정]</t>
-[...7 lines deleted...]
-  <si>
     <t>( 약칭: 자유무역협정(FTA)관세법 )</t>
   </si>
   <si>
-    <t>[시행 2025. 6. 30.] [대통령령 제35611호, 2025. 6. 30., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>[시행 2025. 3. 21.] [기획재정부령 제1111호, 2025. 3. 21., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2025. 4. 1.] [법률 제20606호, 2024. 12. 31., 일부개정]</t>
   </si>
   <si>
-    <t>[시행 2025. 7. 1.] [대통령령 제35612호, 2025. 6. 30., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>개별소비세법 시행규칙</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>[시행 2025. 4. 1.] [기획재정부령 제1120호, 2025. 3. 21., 일부개정]</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 개별소비세법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 1. 1.] [법률 제20608호, 2024. 12. 31., 타법개정]</t>
   </si>
   <si>
     <t>[시행 2023. 12. 1.] [대통령령 제33565호, 2023. 6. 27., 일부개정]</t>
   </si>
   <si>
     <t>[시행 2023. 12. 1.] [기획재정부령 제1006호, 2023. 7. 4., 일부개정]</t>
   </si>
   <si>
     <t>교통·에너지·환경세법</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>[시행 2025. 1. 1.] [법률 제20609호, 2024. 12. 31., 일부개정]</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 교통ㆍ에너지ㆍ환경세법 | 국가법령정보센터</t>
   </si>
   <si>
-    <t>[시행 2025. 7. 1.] [대통령령 제35613호, 2025. 6. 30., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>법령 &gt; 본문 &gt; 교통ㆍ에너지ㆍ환경세법 시행령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 4. 1.] [기획재정부령 제1121호, 2025. 3. 21., 일부개정]</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 교통ㆍ에너지ㆍ환경세법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>관세법 제97조 재수출면세 제도 시행에 관한 고시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>[시행 2016. 6. 3.] [관세청고시 제2016-41호, 2016. 6. 3., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 관세법 제97조 재수출면세 제도 시행에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2023. 12. 13.] [관세청고시 제2023-65호, 2023. 12. 13., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 관리대상화물 관리에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
@@ -680,53 +606,50 @@
   <si>
     <t>[시행 2025. 5. 30.] [관세청고시 제2025-31호, 2025. 5. 29., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출 및 반송통관에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 3. 25.] [관세청고시 제2025-17호, 2025. 3. 25., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 보세공장 운영에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 12. 30.] [관세청고시 제2024-78호, 2024. 12. 30., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 보세운송에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 12. 30.] [관세청고시 제2024-79호, 2024. 12. 30., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 보세화물관리에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
-    <t>[시행 2023. 4. 18.] [관세청고시 제2023-24호, 2023. 4. 12., 일부개정]</t>
-[...1 lines deleted...]
-  <si>
     <t>행정규칙 &gt; 보세화물장치기간 및 체화관리에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 7. 11.] [관세청고시 제2025-38호, 2025. 7. 11., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 사후관리에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2025. 7. 1.] [관세청고시 제2025-37호, 2025. 7. 1., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 관세평가 운영에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 9. 9.] [관세청고시 제2024-39호, 2024. 9. 9., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수입물품 유통이력관리에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수입원재료에 대한 환급방법 조정에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 9. 10.] [관세청고시 제2024-43호, 2024. 9. 10., 일부개정]</t>
@@ -759,53 +682,50 @@
     <t>( 약칭: 관세환급특례법 시행규칙 )</t>
   </si>
   <si>
     <t>법령 &gt; 본문 &gt; 수출용 원재료에 대한 관세 등 환급에 관한 특례법 시행규칙 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 12. 11.] [관세청고시 제2024-59호, 2024. 12. 4., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출용 원재료에 대한 관세 등의 일괄납부 및 정산에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출입 안전관리 우수업체 공인 및 운영에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 3. 14.] [관세청훈령 제2313호, 2024. 3. 11., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출입 안전관리 우수업체 공인 및 갱신심사 운영에 관한 훈령 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2022. 9. 7.] [산업통상자원부고시 제2022-153호, 2022. 9. 7., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출입 공고 | 국가법령정보센터</t>
-  </si>
-[...1 lines deleted...]
-    <t>[시행 2025. 8. 13.] [관세청고시 제2025-41호, 2025. 8. 13., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출입물품 등에 대한 품목분류 변경고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2023. 2. 28.] [관세청고시 제2023-14호, 2023. 2. 28., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 수출입신고 오류방지에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2024. 2. 15.] [관세청고시 제2024-7호, 2024. 2. 15., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 여행자 및 승무원 휴대품 통관에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>[시행 2022. 1. 1.] [관세청고시 제2021-85호, 2021. 12. 31., 일부개정]</t>
   </si>
   <si>
     <t>행정규칙 &gt; 특혜관세 적용 및 원산지증명 제도 운영에 관한 고시 | 국가법령정보센터</t>
   </si>
   <si>
     <t>행정규칙 &gt; 원산지표시제도 운영에 관한 고시 | 국가법령정보센터</t>
   </si>
@@ -1134,51 +1054,51 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1192,73 +1112,70 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="쉼표 [0]" xfId="1" builtinId="6"/>
     <cellStyle name="표준" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="대로 이" id="{53D5BC1B-5575-443D-A298-E76CE513DF90}" userId="85ff744faf89e882" providerId="Windows Live"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 테마">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1526,1801 +1443,1789 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="E1" dT="2025-08-13T04:17:44.38" personId="{53D5BC1B-5575-443D-A298-E76CE513DF90}" id="{499EF852-1163-41E9-A958-8B78ED6357E0}">
     <text>연혁사항 기재</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
-<file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270269&amp;lsId=008233&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000255944&amp;vSct=%EB%82%A9%EC%84%B8%EC%97%85%EB%AC%B4%20%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000258734&amp;vSct=%EC%88%98%EC%9E%85%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%ED%99%98%EA%B8%89%EB%B0%A9%EB%B2%95%20%EC%A1%B0%EC%A0%95%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261186&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000251580&amp;vSct=%EB%B3%B4%EC%84%B8%EC%9A%B4%EC%86%A1%EC%97%90%EA%B4%80%ED%95%9C%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000214384&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%B5%EA%B3%A0%20" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000230102&amp;vSct=%ED%8A%B9%EC%86%A1%EB%AC%BC%ED%92%88%20%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254374&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EA%B7%9C%EC%A0%95" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=252291&amp;lsId=006489&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270277&amp;lsId=010172&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000253638&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C246%EC%A1%B0%EC%9D%983%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EC%95%88%EC%A0%84%EC%84%B1%20%EA%B2%80%EC%82%AC%20%EC%97%85%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000262166&amp;vSct=%EA%B4%80%EC%84%B8%EC%A1%B0%EC%82%AC%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267559&amp;lsId=001566&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261194&amp;vSct=%EA%B4%80%EC%84%B8%ED%8F%89%EA%B0%80%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000248328&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B0%EC%88%98%EC%97%85%EC%B2%B4%20%EA%B3%B5%EC%9D%B8%20%EB%B0%8F%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239454&amp;vSct=%EC%9B%90%EC%82%B0%EC%A7%80%ED%91%9C%EC%8B%9C%EC%A0%9C%EB%8F%84%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239476&amp;vSct=%EC%A0%84%EA%B8%B0%EC%9A%A9%ED%92%88%20%EB%B0%8F%20%EC%83%9D%ED%99%9C%EC%9A%A9%ED%92%88%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B4%EC%9A%A9%EC%9A%94%EB%A0%B9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000260392&amp;vSct=%ED%86%B5%EA%B4%80%EA%B3%A0%EC%9C%A0%EB%B6%80%ED%98%B8%20%EB%B0%8F%20%ED%95%B4%EC%99%B8%EA%B1%B0%EB%9E%98%EC%B2%98%EB%B6%80%ED%98%B8%20%EB%93%B1%EB%A1%9D%C2%B7%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000220024&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EC%8B%A0%EA%B3%A0%20%EC%98%A4%EB%A5%98%EB%B0%A9%EC%A7%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267543&amp;lsId=000591&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000259692&amp;vSct=%EC%88%98%EC%B6%9C%20%EB%B0%8F%20%EB%B0%98%EC%86%A1%ED%86%B5%EA%B4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270237&amp;lsId=008542&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270243&amp;lsId=006574&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000255902&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EB%93%B1%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EA%B3%BC%ED%83%9C%EB%A3%8C%20%EB%B6%80%EA%B3%BC%EC%A7%95%EC%88%98%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000251522&amp;vSct=%EB%B3%B4%EC%84%B8%ED%99%94%EB%AC%BC%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000247032&amp;vSct=%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000232584&amp;vSct=%EA%B5%AD%EC%A0%9C%EC%9A%B0%ED%8E%B8%EB%AC%BC%20%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000236396&amp;vSct=%EC%97%AC%ED%96%89%EC%9E%90%20%EB%B0%8F%20%EC%8A%B9%EB%AC%B4%EC%9B%90%20%ED%9C%B4%EB%8C%80%ED%92%88%20%ED%86%B5%EA%B4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EC%9E%90%EC%83%81%EA%B1%B0%EB%9E%98%EB%AC%BC%ED%92%88%20%EB%93%B1%EC%9D%98%20%ED%8A%B9%EB%B3%84%ED%86%B5%EA%B4%80%20%EC%A0%88%EC%B0%A8%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000257066&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%A0%81%EC%9A%A9%EA%B8%B0%EC%A4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267527&amp;lsId=000623&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267823&amp;lsId=003931&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%84%B8%EA%B3%84%EB%AC%B4%EC%97%AD%EA%B8%B0%EA%B5%AC%ED%98%91%EC%A0%95%20%EB%93%B1%EC%97%90%20%EC%9D%98%ED%95%9C%20%EC%96%91%ED%97%88%EA%B4%80%EC%84%B8%20%EA%B7%9C%EC%A0%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267539&amp;lsId=001570&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=269483&amp;lsId=004938&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250228&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272597&amp;lsId=011318&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C71%EC%A1%B0%EC%97%90%20%EB%94%B0%EB%A5%B8%20%ED%95%A0%EB%8B%B9%EA%B4%80%EC%84%B8%EC%9D%98%20%EC%A0%81%EC%9A%A9%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B7%9C%EC%A0%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000246824&amp;vSct=%EC%88%98%EC%9E%85%EB%AC%BC%ED%92%88%20%EC%9C%A0%ED%86%B5%EC%9D%B4%EB%A0%A5%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000237446&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B0%EC%88%98%EC%97%85%EC%B2%B4%20%EA%B3%B5%EC%9D%B8%20%EB%B0%8F%20%EA%B0%B1%EC%8B%A0%EC%8B%AC%EC%82%AC%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000227634&amp;vSct=%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000253814&amp;vSct=%ED%86%B5%ED%95%A9%EA%B3%B5%EA%B3%A0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256856&amp;vSct=%EB%B3%B4%EC%84%B8%EA%B3%B5%EC%9E%A5%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254982&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000248798&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EC%9D%98%20%EA%B2%80%EC%82%AC%EC%97%85%EB%AC%B4%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=269797&amp;lsId=001571&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EB%B6%80%EA%B0%80%EA%B0%80%EC%B9%98%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=251999&amp;lsId=002521&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000244760&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C226%EC%A1%B0%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EC%84%B8%EA%B4%80%EC%9E%A5%ED%99%95%EC%9D%B8%EB%AC%BC%ED%92%88%20%EB%B0%8F%20%ED%99%95%EC%9D%B8%EB%B0%A9%EB%B2%95%20%EC%A7%80%EC%A0%95%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261678&amp;vSct=%EC%82%AC%ED%9B%84%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000262832&amp;vSct=%EC%A7%95%EC%88%98%EC%97%85%EB%AC%B4%20%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000207926&amp;vSct=%ED%8A%B9%ED%98%9C%EA%B4%80%EC%84%B8%20%EC%A0%81%EC%9A%A9%20%EB%B0%8F%20%EC%9B%90%EC%82%B0%EC%A7%80%EC%A6%9D%EB%AA%85%20%EC%A0%9C%EB%8F%84%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000259214&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%8B%AC%EC%82%AC%20%EB%B0%8F%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000048189&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C97%EC%A1%B0%20%EC%9E%AC%EC%88%98%EC%B6%9C%EB%A9%B4%EC%84%B8%20%EC%A0%9C%EB%8F%84%20%EC%8B%9C%ED%96%89%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=261253&amp;lsId=007591&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20240322&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%20%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%20%EB%93%B1%20%ED%99%98%EA%B8%89%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%8A%B9%EB%A1%80%EB%B2%95%20%EC%8B%9C%ED%96%89%EA%B7%9C%EC%B9%99%20&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000252372&amp;vSct=%EC%A7%80%EC%8B%9D%EC%9E%AC%EC%82%B0%EA%B6%8C%20%EB%B3%B4%ED%98%B8%EB%A5%BC%20%EC%9C%84%ED%95%9C%20%EC%88%98%EC%B6%9C%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000258202&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%20%EB%93%B1%20%ED%99%98%EA%B8%89%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270269&amp;lsId=008233&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272595&amp;lsId=002619&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000262832&amp;vSct=%EC%A7%95%EC%88%98%EC%97%85%EB%AC%B4%20%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000248328&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B0%EC%88%98%EC%97%85%EC%B2%B4%20%EA%B3%B5%EC%9D%B8%20%EB%B0%8F%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000230102&amp;vSct=%ED%8A%B9%EC%86%A1%EB%AC%BC%ED%92%88%20%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000258202&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%20%EB%93%B1%20%ED%99%98%EA%B8%89%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=273061&amp;lsId=002421&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250807&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%8B%9C%ED%96%89%EB%A0%B9&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267553&amp;lsId=010097&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000253638&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C246%EC%A1%B0%EC%9D%983%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EC%95%88%EC%A0%84%EC%84%B1%20%EA%B2%80%EC%82%AC%20%EC%97%85%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272565&amp;lsId=010175&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250630&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267559&amp;lsId=001566&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000259692&amp;vSct=%EC%88%98%EC%B6%9C%20%EB%B0%8F%20%EB%B0%98%EC%86%A1%ED%86%B5%EA%B4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261678&amp;vSct=%EC%82%AC%ED%9B%84%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000258734&amp;vSct=%EC%88%98%EC%9E%85%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%ED%99%98%EA%B8%89%EB%B0%A9%EB%B2%95%20%EC%A1%B0%EC%A0%95%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=261253&amp;lsId=007591&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20240322&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%20%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%20%EB%93%B1%20%ED%99%98%EA%B8%89%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%8A%B9%EB%A1%80%EB%B2%95%20%EC%8B%9C%ED%96%89%EA%B7%9C%EC%B9%99%20&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239454&amp;vSct=%EC%9B%90%EC%82%B0%EC%A7%80%ED%91%9C%EC%8B%9C%EC%A0%9C%EB%8F%84%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254374&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EA%B7%9C%EC%A0%95" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=269547&amp;lsId=003666&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EB%B6%80%EA%B0%80%EA%B0%80%EC%B9%98%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000260392&amp;vSct=%ED%86%B5%EA%B4%80%EA%B3%A0%EC%9C%A0%EB%B6%80%ED%98%B8%20%EB%B0%8F%20%ED%95%B4%EC%99%B8%EA%B1%B0%EB%9E%98%EC%B2%98%EB%B6%80%ED%98%B8%20%EB%93%B1%EB%A1%9D%C2%B7%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=252291&amp;lsId=006489&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272567&amp;lsId=005308&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270243&amp;lsId=006574&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000255902&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EB%93%B1%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EA%B3%BC%ED%83%9C%EB%A3%8C%20%EB%B6%80%EA%B3%BC%EC%A7%95%EC%88%98%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272597&amp;lsId=011318&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C71%EC%A1%B0%EC%97%90%20%EB%94%B0%EB%A5%B8%20%ED%95%A0%EB%8B%B9%EA%B4%80%EC%84%B8%EC%9D%98%20%EC%A0%81%EC%9A%A9%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B7%9C%EC%A0%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000251522&amp;vSct=%EB%B3%B4%EC%84%B8%ED%99%94%EB%AC%BC%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000262166&amp;vSct=%EA%B4%80%EC%84%B8%EC%A1%B0%EC%82%AC%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000237446&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B0%EC%88%98%EC%97%85%EC%B2%B4%20%EA%B3%B5%EC%9D%B8%20%EB%B0%8F%20%EA%B0%B1%EC%8B%A0%EC%8B%AC%EC%82%AC%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239476&amp;vSct=%EC%A0%84%EA%B8%B0%EC%9A%A9%ED%92%88%20%EB%B0%8F%20%EC%83%9D%ED%99%9C%EC%9A%A9%ED%92%88%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B4%EC%9A%A9%EC%9A%94%EB%A0%B9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000257066&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%A0%81%EC%9A%A9%EA%B8%B0%EC%A4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254498&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%20%EC%9B%90%EC%82%B0%EC%A7%80%EC%9D%B8%EC%A6%9D%EC%88%98%EC%B6%9C%EC%9E%90%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=256657&amp;lsId=004273&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231212&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000236396&amp;vSct=%EC%97%AC%ED%96%89%EC%9E%90%20%EB%B0%8F%20%EC%8A%B9%EB%AC%B4%EC%9B%90%20%ED%9C%B4%EB%8C%80%ED%92%88%20%ED%86%B5%EA%B4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267541&amp;lsId=001556&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270277&amp;lsId=010172&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267543&amp;lsId=000591&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=269483&amp;lsId=004938&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250228&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256856&amp;vSct=%EB%B3%B4%EC%84%B8%EA%B3%B5%EC%9E%A5%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261194&amp;vSct=%EA%B4%80%EC%84%B8%ED%8F%89%EA%B0%80%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000250616&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%93%B1%20%EC%9D%BC%EA%B4%84%EB%82%A9%EB%B6%80%20%EB%B0%8F%20%EC%A0%95%EC%82%B0%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EC%9E%90%EC%83%81%EA%B1%B0%EB%9E%98%EB%AC%BC%ED%92%88%20%EB%93%B1%EC%9D%98%20%ED%8A%B9%EB%B3%84%ED%86%B5%EA%B4%80%20%EC%A0%88%EC%B0%A8%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267823&amp;lsId=003931&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%84%B8%EA%B3%84%EB%AC%B4%EC%97%AD%EA%B8%B0%EA%B5%AC%ED%98%91%EC%A0%95%20%EB%93%B1%EC%97%90%20%EC%9D%98%ED%95%9C%20%EC%96%91%ED%97%88%EA%B4%80%EC%84%B8%20%EA%B7%9C%EC%A0%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267527&amp;lsId=000623&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000247032&amp;vSct=%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000227634&amp;vSct=%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000253814&amp;vSct=%ED%86%B5%ED%95%A9%EA%B3%B5%EA%B3%A0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000220024&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EC%8B%A0%EA%B3%A0%20%EC%98%A4%EB%A5%98%EB%B0%A9%EC%A7%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=273049&amp;lsId=006392&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250731&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%8B%9C%ED%96%89%EA%B7%9C%EC%B9%99&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=272743&amp;lsId=007289&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250704&amp;vSct=%EB%B6%80%EA%B0%80%EA%B0%80%EC%B9%98%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=270237&amp;lsId=008542&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000048189&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C97%EC%A1%B0%20%EC%9E%AC%EC%88%98%EC%B6%9C%EB%A9%B4%EC%84%B8%20%EC%A0%9C%EB%8F%84%20%EC%8B%9C%ED%96%89%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000244760&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C226%EC%A1%B0%EC%97%90%20%EB%94%B0%EB%A5%B8%20%EC%84%B8%EA%B4%80%EC%9E%A5%ED%99%95%EC%9D%B8%EB%AC%BC%ED%92%88%20%EB%B0%8F%20%ED%99%95%EC%9D%B8%EB%B0%A9%EB%B2%95%20%EC%A7%80%EC%A0%95%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000222060&amp;vSct=%EB%B3%B4%EC%84%B8%ED%99%94%EB%AC%BC%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000214384&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%B5%EA%B3%A0%20" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254982&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=265735&amp;lsId=003313&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EB%8C%80%EC%99%B8%EB%AC%B4%EC%97%AD%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000255944&amp;vSct=%EB%82%A9%EC%84%B8%EC%97%85%EB%AC%B4%20%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000232584&amp;vSct=%EA%B5%AD%EC%A0%9C%EC%9A%B0%ED%8E%B8%EB%AC%BC%20%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000207926&amp;vSct=%ED%8A%B9%ED%98%9C%EA%B4%80%EC%84%B8%20%EC%A0%81%EC%9A%A9%20%EB%B0%8F%20%EC%9B%90%EC%82%B0%EC%A7%80%EC%A6%9D%EB%AA%85%20%EC%A0%9C%EB%8F%84%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000252372&amp;vSct=%EC%A7%80%EC%8B%9D%EC%9E%AC%EC%82%B0%EA%B6%8C%20%EB%B3%B4%ED%98%B8%EB%A5%BC%20%EC%9C%84%ED%95%9C%20%EC%88%98%EC%B6%9C%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000259214&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%8B%AC%EC%82%AC%20%EB%B0%8F%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=269797&amp;lsId=001571&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EB%B6%80%EA%B0%80%EA%B0%80%EC%B9%98%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=260575&amp;lsId=001467&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20240821&amp;vSct=%EB%8C%80%EC%99%B8%EB%AC%B4%EC%97%AD%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=267539&amp;lsId=001570&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=251999&amp;lsId=002521&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000246824&amp;vSct=%EC%88%98%EC%9E%85%EB%AC%BC%ED%92%88%20%EC%9C%A0%ED%86%B5%EC%9D%B4%EB%A0%A5%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000251580&amp;vSct=%EB%B3%B4%EC%84%B8%EC%9A%B4%EC%86%A1%EC%97%90%EA%B4%80%ED%95%9C%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000262652&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EB%AC%BC%ED%92%88%20%EB%93%B1%EC%97%90%20%EB%8C%80%ED%95%9C%20%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EB%B3%80%EA%B2%BD%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261186&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/lsInfoP.do?lsiSeq=232855&amp;lsId=001525&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20210916&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EB%B2%95&amp;ancYnChk=0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000248798&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EC%9D%98%20%EA%B2%80%EC%82%AC%EC%97%85%EB%AC%B4%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB1A95F7-961C-4EEB-B883-137DF094A79D}">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="C77" sqref="C77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="17.25" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="7.25" style="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.75" customWidth="1"/>
     <col min="3" max="3" width="71.25" customWidth="1"/>
     <col min="4" max="4" width="63.5" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="69" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.75" style="3" customWidth="1"/>
     <col min="7" max="7" width="11.875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B1" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E1" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="F1" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G1" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H1" s="7" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C2" s="13" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="15" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="F2" s="17" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C3" s="13" t="s">
-        <v>132</v>
+        <v>117</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="15" t="s">
-        <v>133</v>
+        <v>118</v>
       </c>
       <c r="F3" s="17" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C4" s="13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="15" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="F4" s="17" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C5" s="13" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="16" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="F5" s="17" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="H5" s="1"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="16" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="F6" s="17" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="16" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="F7" s="17" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C8" s="13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="15" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="F8" s="17" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C9" s="13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="15" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="F9" s="17" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="15" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="F10" s="17" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="15" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="F11" s="17" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="15" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="F12" s="17" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="15" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="F13" s="17" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="15" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="F14" s="17" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="15" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="F15" s="17" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="15" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="F16" s="17" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C17" s="13" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="15" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="F17" s="17" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C18" s="13" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="15" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="F18" s="17" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="15" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="F19" s="17" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="E20" s="16" t="s">
-        <v>228</v>
+        <v>210</v>
       </c>
       <c r="F20" s="17" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C21" s="13" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="15" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
       <c r="F21" s="17" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F22" s="17" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="15" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="F23" s="17" t="s">
-        <v>241</v>
+        <v>223</v>
       </c>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C24" s="13" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="15" t="s">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="F24" s="17" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C25" s="13" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="15" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
       <c r="F25" s="17" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C26" s="13" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="15" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="F26" s="17" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C27" s="13" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="F27" s="17" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C28" s="13" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="15" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="F28" s="17" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C29" s="13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="15" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="F29" s="17" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C30" s="13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="15" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="F30" s="17" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C31" s="13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="15" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="F31" s="17" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C32" s="13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="15" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="F32" s="17" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C33" s="13" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="15" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="F33" s="17" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C34" s="13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="F34" s="17" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C35" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="15" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F35" s="17" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C36" s="13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="15" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="F36" s="17" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C37" s="13" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="15" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="F37" s="17" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C38" s="13" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="D38" s="4"/>
       <c r="E38" s="15" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="F38" s="17" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C39" s="13" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="F39" s="17" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="15" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="F40" s="17" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C41" s="13" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="15" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="F41" s="17" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C42" s="13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="15" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="F42" s="17" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C43" s="13" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="15" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="F43" s="17" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C44" s="13" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="15" t="s">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="F44" s="17" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C45" s="13" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="D45" s="4"/>
       <c r="E45" s="15" t="s">
-        <v>256</v>
+        <v>238</v>
       </c>
       <c r="F45" s="17" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C46" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="15" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="F46" s="17" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C47" s="13" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="15" t="s">
-        <v>178</v>
+        <v>161</v>
       </c>
       <c r="F47" s="17" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C48" s="13" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="15" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F48" s="17" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="15" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="F49" s="17" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C50" s="13" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="F50" s="17" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C51" s="13" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="E51" s="16" t="s">
-        <v>230</v>
+        <v>212</v>
       </c>
       <c r="F51" s="17" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C52" s="13" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="15" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="F52" s="17" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C53" s="13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="F53" s="17" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C54" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="15" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F54" s="17" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C55" s="13" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="15" t="s">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="F55" s="17" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C56" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="15" t="s">
-        <v>257</v>
+        <v>239</v>
       </c>
       <c r="F56" s="17" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C57" s="13" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D57" s="4"/>
       <c r="E57" s="15" t="s">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="F57" s="17" t="s">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C58" s="13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="15" t="s">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="F58" s="17" t="s">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C59" s="13" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D59" s="4"/>
       <c r="E59" s="15" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F59" s="17" t="s">
-        <v>227</v>
+        <v>209</v>
       </c>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C60" s="13" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="D60" s="4"/>
       <c r="E60" s="15" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="F60" s="18" t="s">
-        <v>235</v>
+        <v>217</v>
       </c>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C61" s="13" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="15" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F61" s="17" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C62" s="13" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="15" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="F62" s="17" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C63" s="13" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E63" s="16" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="F63" s="17" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C64" s="13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="15" t="s">
-        <v>209</v>
+        <v>191</v>
       </c>
       <c r="F64" s="17" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C65" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="15" t="s">
-        <v>211</v>
+        <v>193</v>
       </c>
       <c r="F65" s="17" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C66" s="13" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="15" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="F66" s="17" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C67" s="13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="15" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="F67" s="17" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C68" s="13" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="15" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="F68" s="17" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C69" s="13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="15" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
       <c r="F69" s="17" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C70" s="13" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D70" s="4"/>
       <c r="E70" s="15" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="F70" s="17" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C71" s="13" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="15" t="s">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="F71" s="17" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C72" s="13" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="D72" s="4"/>
       <c r="E72" s="15" t="s">
-        <v>243</v>
+        <v>225</v>
       </c>
       <c r="F72" s="17" t="s">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>1</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="15" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="F73" s="17" t="s">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C74" s="13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="15" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="F74" s="17" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="G74" s="4"/>
       <c r="H74" s="4"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C75" s="13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="F75" s="17" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C76" s="13" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>224</v>
+        <v>206</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>225</v>
+        <v>207</v>
       </c>
       <c r="F76" s="17" t="s">
-        <v>226</v>
+        <v>208</v>
       </c>
       <c r="G76" s="4"/>
       <c r="H76" s="4"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C77" s="13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="15" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F77" s="17" t="s">
-        <v>223</v>
+        <v>205</v>
       </c>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C78" s="14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="E78" s="9"/>
       <c r="F78" s="10"/>
       <c r="G78" s="9"/>
       <c r="H78" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C79" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E79" s="5"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C80" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D80" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E80" s="5"/>
       <c r="G80" s="4"/>
       <c r="H80" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C81" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D81" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E81" s="5"/>
       <c r="G81" s="4"/>
       <c r="H81" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C82" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D82" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G82" s="4"/>
       <c r="H82" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C83" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D83" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E83" s="5"/>
       <c r="G83" s="4"/>
       <c r="H83" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C84" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D84" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E84" s="5"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C85" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="D85" s="2" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E85" s="5"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A86" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1" xr:uid="{EB1A95F7-961C-4EEB-B883-137DF094A79D}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C78:H85">
     <sortCondition ref="C78:C85"/>
   </sortState>
   <phoneticPr fontId="1" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="F17" r:id="rId1" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=269797&amp;lsId=001571&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250701&amp;vSct=%EB%B6%80%EA%B0%80%EA%B0%80%EC%B9%98%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{0323A190-C183-49FA-801B-16D967452B0A}"/>
     <hyperlink ref="F28" r:id="rId2" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=270277&amp;lsId=010172&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0&amp;ancYnChk=0 - 0000" xr:uid="{0740E291-455B-46F9-BD1C-40D5DB4866E2}"/>
     <hyperlink ref="F2" r:id="rId3" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=267539&amp;lsId=001570&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{704FB5F5-8A6F-4AA9-A0A3-99792FABBCB5}"/>
     <hyperlink ref="F3" r:id="rId4" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=270237&amp;lsId=008542&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B0%9C%EB%B3%84%EC%86%8C%EB%B9%84%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{3495E458-101A-410B-BD06-D71991454052}"/>
     <hyperlink ref="F9" r:id="rId5" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=267543&amp;lsId=000591&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{C1B7CC86-21BA-4B9A-9D9E-829CF7F183E5}"/>
     <hyperlink ref="F11" r:id="rId6" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=251999&amp;lsId=002521&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{5B1727F7-5509-4410-86EA-7B338F074DDB}"/>
     <hyperlink ref="F10" r:id="rId7" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=252291&amp;lsId=006489&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20231201&amp;vSct=%EA%B4%80%EC%84%B8%EC%82%AC%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{D9BF84FF-0D38-4DC9-BE66-D66346CAF6FE}"/>
     <hyperlink ref="F12" r:id="rId8" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=267527&amp;lsId=000623&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{811EBCA5-BBC1-4EB0-8AD6-275E14062CE9}"/>
     <hyperlink ref="F13" r:id="rId9" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=270243&amp;lsId=006574&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250401&amp;vSct=%EA%B5%90%ED%86%B5%C2%B7%EC%97%90%EB%84%88%EC%A7%80%C2%B7%ED%99%98%EA%B2%BD%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{06AA893E-EF71-4C86-84EE-19231FF9A666}"/>
     <hyperlink ref="F37" r:id="rId10" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000048189&amp;vSct=%EA%B4%80%EC%84%B8%EB%B2%95%20%EC%A0%9C97%EC%A1%B0%20%EC%9E%AC%EC%88%98%EC%B6%9C%EB%A9%B4%EC%84%B8%20%EC%A0%9C%EB%8F%84%20%EC%8B%9C%ED%96%89%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{58F03C7B-1E84-49AB-AAD7-9B553BAFB9A4}"/>
     <hyperlink ref="F30" r:id="rId11" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=267559&amp;lsId=001566&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{57B3B77B-013F-4AF7-8406-506988C36F11}"/>
     <hyperlink ref="F32" r:id="rId12" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=269483&amp;lsId=004938&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250228&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{11B27C81-A050-460F-AD03-51EE35FEB19B}"/>
     <hyperlink ref="F31" r:id="rId13" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=270269&amp;lsId=008233&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250321&amp;vSct=%EC%A3%BC%EC%84%B8%EB%B2%95&amp;ancYnChk=0 - 0000" xr:uid="{A2A4EB1E-33D3-4116-8E2D-F497E001B660}"/>
@@ -3350,1798 +3255,61 @@
     <hyperlink ref="F61" r:id="rId37" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239454&amp;vSct=%EC%9B%90%EC%82%B0%EC%A7%80%ED%91%9C%EC%8B%9C%EC%A0%9C%EB%8F%84%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" xr:uid="{8EEF3C75-36FB-434D-A792-051A6EBCFDA1}"/>
     <hyperlink ref="F62" r:id="rId38" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000227634&amp;vSct=%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{5F3823E3-24C6-42D2-8FC6-79818050F07C}"/>
     <hyperlink ref="F64" r:id="rId39" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000261186&amp;vSct=%EC%9E%90%EC%9C%A0%EB%AC%B4%EC%97%AD%ED%98%91%EC%A0%95%EC%9D%98%20%EC%9D%B4%ED%96%89%EC%9D%84%20%EC%9C%84%ED%95%9C%20%EA%B4%80%EC%84%B8%EB%B2%95%EC%9D%98%20%ED%8A%B9%EB%A1%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EB%B2%95%EB%A5%A0%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{31CAF698-CB55-4649-92D5-FD27A3E977FC}"/>
     <hyperlink ref="F65" r:id="rId40" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000239476&amp;vSct=%EC%A0%84%EA%B8%B0%EC%9A%A9%ED%92%88%20%EB%B0%8F%20%EC%83%9D%ED%99%9C%EC%9A%A9%ED%92%88%20%EC%95%88%EC%A0%84%EA%B4%80%EB%A6%AC%20%EC%9A%B4%EC%9A%A9%EC%9A%94%EB%A0%B9" xr:uid="{6A95BCFD-877A-484E-A2B2-698B16560CD2}"/>
     <hyperlink ref="F67" r:id="rId41" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254982&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" xr:uid="{441DD626-6307-4616-9B47-AFA37F54867A}"/>
     <hyperlink ref="F66" r:id="rId42" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EB%9E%B5%EB%AC%BC%EC%9E%90%20%EC%88%98%EC%B6%9C%EC%9E%85%EA%B3%A0%EC%8B%9C" xr:uid="{59803110-C9E6-4852-9E2D-B45098018F53}"/>
     <hyperlink ref="F68" r:id="rId43" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000256966&amp;vSct=%EC%A0%84%EC%9E%90%EC%83%81%EA%B1%B0%EB%9E%98%EB%AC%BC%ED%92%88%20%EB%93%B1%EC%9D%98%20%ED%8A%B9%EB%B3%84%ED%86%B5%EA%B4%80%20%EC%A0%88%EC%B0%A8%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{FD616CB7-EBC8-4030-B1B7-B73365D5214F}"/>
     <hyperlink ref="F69" r:id="rId44" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000252372&amp;vSct=%EC%A7%80%EC%8B%9D%EC%9E%AC%EC%82%B0%EA%B6%8C%20%EB%B3%B4%ED%98%B8%EB%A5%BC%20%EC%9C%84%ED%95%9C%20%EC%88%98%EC%B6%9C%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" xr:uid="{29DF389F-1E0F-4B94-9080-F588087BB226}"/>
     <hyperlink ref="F71" r:id="rId45" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000260392&amp;vSct=%ED%86%B5%EA%B4%80%EA%B3%A0%EC%9C%A0%EB%B6%80%ED%98%B8%20%EB%B0%8F%20%ED%95%B4%EC%99%B8%EA%B1%B0%EB%9E%98%EC%B2%98%EB%B6%80%ED%98%B8%20%EB%93%B1%EB%A1%9D%C2%B7%EA%B4%80%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{670E033B-C030-4114-956B-D7A986F7D715}"/>
     <hyperlink ref="F73" r:id="rId46" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000253814&amp;vSct=%ED%86%B5%ED%95%A9%EA%B3%B5%EA%B3%A0" xr:uid="{D2766695-43D8-4C17-A6B5-013FAD5BA0FA}"/>
     <hyperlink ref="F74" r:id="rId47" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000230102&amp;vSct=%ED%8A%B9%EC%86%A1%EB%AC%BC%ED%92%88%20%EC%88%98%EC%9E%85%ED%86%B5%EA%B4%80%20%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{B05A943D-B7D3-413B-9C23-9671FE0CCCC4}"/>
     <hyperlink ref="F77" r:id="rId48" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000257066&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%A0%81%EC%9A%A9%EA%B8%B0%EC%A4%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C%20" xr:uid="{E123B5F6-4E70-467D-A8B9-264ADB9C046E}"/>
     <hyperlink ref="F76" r:id="rId49" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000259214&amp;vSct=%ED%92%88%EB%AA%A9%EB%B6%84%EB%A5%98%20%EC%8B%AC%EC%82%AC%20%EB%B0%8F%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{5DEB2FA2-95CF-4E8F-A75C-C8D41EC48347}"/>
     <hyperlink ref="F59" r:id="rId50" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000254374&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EA%B7%9C%EC%A0%95" xr:uid="{E734B755-00FB-4B90-841B-63E92DF516D7}"/>
     <hyperlink ref="F20" r:id="rId51" location="0000" display="https://www.law.go.kr/lsInfoP.do?lsiSeq=267823&amp;lsId=003931&amp;chrClsCd=010202&amp;urlMode=lsInfoP&amp;viewCls=lsInfoP&amp;efYd=20250101&amp;vSct=%EC%84%B8%EA%B3%84%EB%AC%B4%EC%97%AD%EA%B8%B0%EA%B5%AC%ED%98%91%EC%A0%95%20%EB%93%B1%EC%97%90%20%EC%9D%98%ED%95%9C%20%EC%96%91%ED%97%88%EA%B4%80%EC%84%B8%20%EA%B7%9C%EC%A0%95&amp;ancYnChk=0 - 0000" xr:uid="{F4F2E919-87F3-423A-89E4-C15DC98D510A}"/>
     <hyperlink ref="F51" r:id="rId52" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000258202&amp;vSct=%EC%88%98%EC%B6%9C%EC%9A%A9%EC%9B%90%EC%9E%AC%EB%A3%8C%EC%97%90%20%EB%8C%80%ED%95%9C%20%EA%B4%80%EC%84%B8%20%EB%93%B1%20%ED%99%98%EA%B8%89%EC%82%AC%EB%AC%B4%EC%B2%98%EB%A6%AC%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{BC36D300-E77F-4FFD-B7F1-A24EFB6F7284}"/>
     <hyperlink ref="F57" r:id="rId53" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000220024&amp;vSct=%EC%88%98%EC%B6%9C%EC%9E%85%EC%8B%A0%EA%B3%A0%20%EC%98%A4%EB%A5%98%EB%B0%A9%EC%A7%80%EC%97%90%20%EA%B4%80%ED%95%9C%20%EA%B3%A0%EC%8B%9C" xr:uid="{947708FA-CD22-4F51-9F24-27D997A603C0}"/>
     <hyperlink ref="F60" r:id="rId54" display="https://www.law.go.kr/admRulLsInfoP.do?admRulSeq=2100000248798&amp;vSct=%EC%99%B8%EA%B5%AD%ED%99%98%EA%B1%B0%EB%9E%98%EC%9D%98%20%EA%B2%80%EC%82%AC%EC%97%85%EB%AC%B4%20%EC%9A%B4%EC%98%81%EC%97%90%20%EA%B4%80%ED%95%9C%20%ED%9B%88%EB%A0%B9" xr:uid="{C762D83E-C8F1-4FEF-8BEC-6A388BBD51FF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId55"/>
   <legacyDrawing r:id="rId56"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1734 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>관리법규 (2025.08)</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>25.11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows 사용자</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>